--- v0 (2025-10-07)
+++ v1 (2025-12-05)
@@ -1127,51 +1127,51 @@
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0085147A">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>O</w:t>
       </w:r>
       <w:r w:rsidR="0085147A">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>ración de los Fieles</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07CAE8CB" w14:textId="56D062A9" w:rsidR="00114F75" w:rsidRDefault="00114F75" w:rsidP="00597915">
+    <w:p w14:paraId="07CAE8CB" w14:textId="2B1AE2A7" w:rsidR="00114F75" w:rsidRDefault="00114F75" w:rsidP="00597915">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B125D">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">Por el Papa </w:t>
       </w:r>
       <w:r w:rsidR="00597915">
         <w:rPr>
@@ -1257,97 +1257,106 @@
       <w:r w:rsidRPr="006B125D">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>vivir en el amor.</w:t>
       </w:r>
       <w:r w:rsidR="0085147A">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006B125D">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve">OREMOS. </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="0E516B32" w14:textId="01B92D81" w:rsidR="00235E40" w:rsidRPr="006B125D" w:rsidRDefault="00235E40" w:rsidP="00114F75">
+        <w:t>OREMOS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E516B32" w14:textId="35CF75BE" w:rsidR="00235E40" w:rsidRPr="006B125D" w:rsidRDefault="00235E40" w:rsidP="00114F75">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">Por los gobernantes. Para que el diálogo, la tolerancia, la búsqueda de la paz y del bien común estén siempre en sus </w:t>
       </w:r>
       <w:r w:rsidR="00935601">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">políticas y en sus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>decisiones de gobierno.</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="648A2086" w14:textId="041A7D66" w:rsidR="00114F75" w:rsidRPr="006B125D" w:rsidRDefault="00114F75" w:rsidP="00114F75">
+      <w:r w:rsidR="00EB2346">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> OREMOS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="648A2086" w14:textId="65F5A073" w:rsidR="00114F75" w:rsidRPr="006B125D" w:rsidRDefault="00114F75" w:rsidP="00114F75">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B125D">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Por España, por Aragón</w:t>
       </w:r>
       <w:r w:rsidR="004253E5" w:rsidRPr="006B125D">
         <w:rPr>
@@ -1451,54 +1460,54 @@
       <w:r w:rsidRPr="006B125D">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> presente y</w:t>
       </w:r>
       <w:r w:rsidR="00935601">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> alcanzar</w:t>
       </w:r>
       <w:r w:rsidRPr="006B125D">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve"> un futuro de paz y fraternidad. OREMOS. </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="2D37BC8F" w14:textId="07313F6B" w:rsidR="00597915" w:rsidRPr="00597915" w:rsidRDefault="00597915" w:rsidP="00597915">
+        <w:t xml:space="preserve"> un futuro de paz y fraternidad. OREMOS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D37BC8F" w14:textId="32C2EDB5" w:rsidR="00597915" w:rsidRPr="00597915" w:rsidRDefault="00597915" w:rsidP="00597915">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B125D">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">Por los que sufren </w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -1620,54 +1629,54 @@
       <w:r w:rsidRPr="006B125D">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>y en los hermanos, cercanía y solidaridad</w:t>
       </w:r>
       <w:r w:rsidRPr="006B125D">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve">.  OREMOS. </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="25306276" w14:textId="2C4500FF" w:rsidR="00114F75" w:rsidRPr="003715EE" w:rsidRDefault="00114F75" w:rsidP="00114F75">
+        <w:t>.  OREMOS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25306276" w14:textId="7D1D347A" w:rsidR="00114F75" w:rsidRPr="003715EE" w:rsidRDefault="00114F75" w:rsidP="00114F75">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Tahoma"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B125D">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Por nuestra Congregación nacida a los pies de Santa María del Pilar. Por la Provincia,</w:t>
       </w:r>
       <w:r w:rsidR="00235E40">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
@@ -1752,51 +1761,51 @@
       <w:r w:rsidRPr="006B125D">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00935601">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006B125D">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve">OREMOS. </w:t>
+        <w:t>OREMOS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="45656379" w14:textId="6534D544" w:rsidR="003715EE" w:rsidRPr="003715EE" w:rsidRDefault="003715EE" w:rsidP="00114F75">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Tahoma"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Por las siete Novicias de la Delegación de Nuestra Señora del Salz, que hoy hacen sus Primeros Votos en Rwanda. Que experimenten como Nuestra Señora las acoge con amor, alienta sus primeros pasos y las abre a la misión. OREMOS</w:t>
       </w:r>
@@ -1821,51 +1830,51 @@
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Por nuestras Hermanas, familiares, bienhechores y amigos que celebran hoy esta Fiesta en la Presencia de Dios</w:t>
       </w:r>
       <w:r w:rsidR="00B61C8E">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> OREMOS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B2F215A" w14:textId="718D2C46" w:rsidR="00597915" w:rsidRPr="006B125D" w:rsidRDefault="00597915" w:rsidP="00597915">
+    <w:p w14:paraId="1B2F215A" w14:textId="3201EE43" w:rsidR="00597915" w:rsidRPr="006B125D" w:rsidRDefault="00597915" w:rsidP="00597915">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B125D">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Por todos nosotros. Que, a los pies de Santa María del Pilar, sigamos aprendiendo a escuchar la Palabra de Dios, a meditarla en nuestro corazón y a hacerla vida</w:t>
       </w:r>
       <w:r w:rsidR="007C6406">
         <w:rPr>
@@ -1879,51 +1888,51 @@
       <w:r w:rsidRPr="006B125D">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="007C6406">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006B125D">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve">OREMOS.  </w:t>
+        <w:t>OREMOS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="05703AD2" w14:textId="77777777" w:rsidR="0029300B" w:rsidRPr="00D76731" w:rsidRDefault="0029300B" w:rsidP="00AA050A">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="0029300B" w:rsidRPr="00D76731" w:rsidSect="00DA72D3">
       <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
       <w:pgMar w:top="1418" w:right="1134" w:bottom="1418" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
@@ -2900,113 +2909,117 @@
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1372071853">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1085033370">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="493183744">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1100370961">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1589188890">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1038820620">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="130"/>
+  <w:zoom w:percent="140"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F37384"/>
     <w:rsid w:val="00013931"/>
     <w:rsid w:val="000319D8"/>
     <w:rsid w:val="00043C7F"/>
     <w:rsid w:val="00063730"/>
     <w:rsid w:val="00114F75"/>
     <w:rsid w:val="001D5993"/>
     <w:rsid w:val="00225231"/>
     <w:rsid w:val="00235E40"/>
     <w:rsid w:val="0028392F"/>
     <w:rsid w:val="0029300B"/>
     <w:rsid w:val="003715EE"/>
+    <w:rsid w:val="00382C23"/>
     <w:rsid w:val="004253E5"/>
     <w:rsid w:val="00466EF2"/>
     <w:rsid w:val="004805FC"/>
     <w:rsid w:val="00484F1D"/>
     <w:rsid w:val="004F0412"/>
     <w:rsid w:val="00512A03"/>
     <w:rsid w:val="005676DD"/>
     <w:rsid w:val="005913D0"/>
     <w:rsid w:val="00597915"/>
     <w:rsid w:val="005D6137"/>
     <w:rsid w:val="005F438B"/>
     <w:rsid w:val="00641CCE"/>
     <w:rsid w:val="006B125D"/>
     <w:rsid w:val="006F4706"/>
     <w:rsid w:val="00730712"/>
     <w:rsid w:val="007C6406"/>
     <w:rsid w:val="007F4203"/>
     <w:rsid w:val="008213D4"/>
     <w:rsid w:val="0085147A"/>
     <w:rsid w:val="00880653"/>
     <w:rsid w:val="00886530"/>
     <w:rsid w:val="008F354D"/>
     <w:rsid w:val="00935601"/>
     <w:rsid w:val="00A63500"/>
     <w:rsid w:val="00AA050A"/>
     <w:rsid w:val="00B61C8E"/>
     <w:rsid w:val="00BC4C4B"/>
     <w:rsid w:val="00C61FB4"/>
     <w:rsid w:val="00C7426A"/>
     <w:rsid w:val="00CD3F3A"/>
     <w:rsid w:val="00D1604E"/>
     <w:rsid w:val="00D71A4B"/>
     <w:rsid w:val="00D76731"/>
     <w:rsid w:val="00DA72D3"/>
+    <w:rsid w:val="00DB6C8F"/>
     <w:rsid w:val="00E01C46"/>
     <w:rsid w:val="00E21E25"/>
     <w:rsid w:val="00EA0AF9"/>
+    <w:rsid w:val="00EB2346"/>
     <w:rsid w:val="00F37384"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-ES"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
@@ -3677,69 +3690,69 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
   <Words>652</Words>
-  <Characters>3590</Characters>
+  <Characters>3586</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>29</Lines>
   <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>MONICIÓN DE ENTRADA</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>hcsa</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4234</CharactersWithSpaces>
+  <CharactersWithSpaces>4230</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>MONICIÓN DE ENTRADA</dc:title>
   <dc:subject/>
   <dc:creator>Secretaría</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>